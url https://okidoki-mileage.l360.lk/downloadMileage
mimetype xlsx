--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -12,197 +12,404 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>BOOKING NUMBER</t>
   </si>
   <si>
     <t>VEHICLE ID</t>
   </si>
   <si>
     <t>VEHICLE NUMBER</t>
   </si>
   <si>
     <t>FROM</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>MILEAGE</t>
   </si>
   <si>
-    <t>INI0000016230</t>
-[...2 lines deleted...]
-    <t>DAC-5980</t>
+    <t>CFC00044801</t>
+  </si>
+  <si>
+    <t>GA-1511</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>CFC00044902</t>
+  </si>
+  <si>
+    <t>LH-9886</t>
+  </si>
+  <si>
+    <t>251 km</t>
+  </si>
+  <si>
+    <t>CFC00044961</t>
+  </si>
+  <si>
+    <t>LP-2620</t>
+  </si>
+  <si>
+    <t>210 km</t>
+  </si>
+  <si>
+    <t>CFC00045022</t>
+  </si>
+  <si>
+    <t>LO-0741</t>
+  </si>
+  <si>
+    <t>72 km</t>
+  </si>
+  <si>
+    <t>CFC00045153</t>
+  </si>
+  <si>
+    <t>PY-7148</t>
+  </si>
+  <si>
+    <t>41 km</t>
+  </si>
+  <si>
+    <t>CFC00045155</t>
+  </si>
+  <si>
+    <t>LK-2349</t>
+  </si>
+  <si>
+    <t>56 km</t>
+  </si>
+  <si>
+    <t>CFC00045168</t>
+  </si>
+  <si>
+    <t>LO-2275</t>
+  </si>
+  <si>
+    <t>223 km</t>
+  </si>
+  <si>
+    <t>CFC00045189</t>
+  </si>
+  <si>
+    <t>233 km</t>
+  </si>
+  <si>
+    <t>CFC00045193</t>
+  </si>
+  <si>
+    <t>LK-4395</t>
+  </si>
+  <si>
+    <t>54 km</t>
+  </si>
+  <si>
+    <t>CFC00045194</t>
+  </si>
+  <si>
+    <t>LN-3908</t>
+  </si>
+  <si>
+    <t>489 km</t>
+  </si>
+  <si>
+    <t>CFC00045196</t>
+  </si>
+  <si>
+    <t>LF-6775</t>
+  </si>
+  <si>
+    <t>469 km</t>
+  </si>
+  <si>
+    <t>CFC00045199</t>
+  </si>
+  <si>
+    <t>47-8927</t>
+  </si>
+  <si>
+    <t>416 km</t>
+  </si>
+  <si>
+    <t>CFC00045201</t>
+  </si>
+  <si>
+    <t>472 km</t>
+  </si>
+  <si>
+    <t>CFC00045202</t>
+  </si>
+  <si>
+    <t>LN-8799</t>
+  </si>
+  <si>
+    <t>403 km</t>
+  </si>
+  <si>
+    <t>CFC00045209</t>
+  </si>
+  <si>
+    <t>GU-5531</t>
+  </si>
+  <si>
+    <t>92 km</t>
+  </si>
+  <si>
+    <t>CFC00045212</t>
+  </si>
+  <si>
+    <t>LL-1913</t>
   </si>
   <si>
     <t>65 km</t>
   </si>
   <si>
-    <t>INI0000016224</t>
-[...116 lines deleted...]
-    <t>29 km</t>
+    <t>CFC00045214</t>
+  </si>
+  <si>
+    <t>LP-4792</t>
+  </si>
+  <si>
+    <t>85 km</t>
+  </si>
+  <si>
+    <t>CFC00045301</t>
+  </si>
+  <si>
+    <t>LD-1908</t>
+  </si>
+  <si>
+    <t>181 km</t>
+  </si>
+  <si>
+    <t>CFC00045302</t>
+  </si>
+  <si>
+    <t>LN-5757</t>
+  </si>
+  <si>
+    <t>204 km</t>
+  </si>
+  <si>
+    <t>CFC00045305</t>
+  </si>
+  <si>
+    <t>LC-1006</t>
+  </si>
+  <si>
+    <t>228 km</t>
+  </si>
+  <si>
+    <t>CFC00045306</t>
+  </si>
+  <si>
+    <t>LL-6518</t>
+  </si>
+  <si>
+    <t>CFC00045307</t>
+  </si>
+  <si>
+    <t>GY-3964</t>
+  </si>
+  <si>
+    <t>229 km</t>
+  </si>
+  <si>
+    <t>CFC00045311</t>
+  </si>
+  <si>
+    <t>LN-3422</t>
+  </si>
+  <si>
+    <t>150 km</t>
+  </si>
+  <si>
+    <t>CFC00045526</t>
+  </si>
+  <si>
+    <t>64 km</t>
+  </si>
+  <si>
+    <t>CFC00045596</t>
+  </si>
+  <si>
+    <t>LL-5444</t>
+  </si>
+  <si>
+    <t>95 km</t>
+  </si>
+  <si>
+    <t>CFC00045758</t>
+  </si>
+  <si>
+    <t>LH-9913</t>
+  </si>
+  <si>
+    <t>165 km</t>
+  </si>
+  <si>
+    <t>CFC00045762</t>
+  </si>
+  <si>
+    <t>LI-5046</t>
+  </si>
+  <si>
+    <t>201 km</t>
+  </si>
+  <si>
+    <t>CFC00045925</t>
+  </si>
+  <si>
+    <t>LP-4589</t>
+  </si>
+  <si>
+    <t>166 km</t>
+  </si>
+  <si>
+    <t>CFC00046042</t>
+  </si>
+  <si>
+    <t>158 km</t>
+  </si>
+  <si>
+    <t>CFC00046087</t>
+  </si>
+  <si>
+    <t>LH-9887</t>
+  </si>
+  <si>
+    <t>129 km</t>
+  </si>
+  <si>
+    <t>CFC00046226</t>
+  </si>
+  <si>
+    <t>LF-3034</t>
+  </si>
+  <si>
+    <t>192 km</t>
+  </si>
+  <si>
+    <t>CFC00046317</t>
+  </si>
+  <si>
+    <t>HD-8109</t>
+  </si>
+  <si>
+    <t>285 km</t>
+  </si>
+  <si>
+    <t>CFC00046324</t>
+  </si>
+  <si>
+    <t>LM-8266</t>
+  </si>
+  <si>
+    <t>325 km</t>
+  </si>
+  <si>
+    <t>CFC00046328</t>
+  </si>
+  <si>
+    <t>48-4204</t>
+  </si>
+  <si>
+    <t>163 km</t>
+  </si>
+  <si>
+    <t>CFC00046334</t>
+  </si>
+  <si>
+    <t>114 km</t>
+  </si>
+  <si>
+    <t>CFC00046839</t>
+  </si>
+  <si>
+    <t>47-9813</t>
+  </si>
+  <si>
+    <t>191 km</t>
+  </si>
+  <si>
+    <t>CFC00047318</t>
+  </si>
+  <si>
+    <t>LM-7425</t>
+  </si>
+  <si>
+    <t>119 km</t>
+  </si>
+  <si>
+    <t>CFC00047321</t>
+  </si>
+  <si>
+    <t>CFC00047456</t>
+  </si>
+  <si>
+    <t>LD-2248</t>
+  </si>
+  <si>
+    <t>47 km</t>
+  </si>
+  <si>
+    <t>CFC00047547</t>
+  </si>
+  <si>
+    <t>43-9832</t>
+  </si>
+  <si>
+    <t>156 km</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -506,376 +713,870 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
-      <c r="B2">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2">
-        <v>45985.375</v>
+        <v>45988.219444444</v>
       </c>
       <c r="E2">
-        <v>45985.578472222</v>
+        <v>45993.574131944</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3">
-        <v>21627158</v>
+        <v>15527464</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3">
-        <v>45985.375</v>
+        <v>45988.500694444</v>
       </c>
       <c r="E3">
-        <v>45985.03125</v>
+        <v>45993.827291667</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4">
-        <v>28927206</v>
+        <v>29487041</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4">
-        <v>45985.375</v>
+        <v>45991.684027778</v>
       </c>
       <c r="E4">
-        <v>45985.607638889</v>
+        <v>45992.618055556</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
-        <v>15592316</v>
+        <v>27509458</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5">
-        <v>45986.588888889</v>
+        <v>45989.956944444</v>
       </c>
       <c r="E5">
-        <v>45986.754166667</v>
+        <v>45992.434027778</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6">
-        <v>26049914</v>
+        <v>27840419</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>45988.022222222</v>
+        <v>45991.645138889</v>
       </c>
       <c r="E6">
-        <v>45988.71875</v>
+        <v>45992.385416667</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7">
-        <v>25871280</v>
+        <v>28760861</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7">
-        <v>45988.021527778</v>
+        <v>45991.572916667</v>
       </c>
       <c r="E7">
-        <v>45989.225</v>
+        <v>45992.005555556</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8">
-        <v>28498096</v>
+        <v>14207849</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8">
-        <v>45974.390277778</v>
+        <v>45991.938194444</v>
       </c>
       <c r="E8">
-        <v>45974.598611111</v>
+        <v>45992.622222222</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9">
-        <v>28827764</v>
+        <v>28760861</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9">
+        <v>45992.190972222</v>
+      </c>
+      <c r="E9">
+        <v>45992.716516204</v>
+      </c>
+      <c r="F9" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10">
+        <v>17294076</v>
+      </c>
+      <c r="C10" t="s">
         <v>30</v>
       </c>
-      <c r="B10">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10">
+        <v>45992.178472222</v>
+      </c>
+      <c r="E10">
+        <v>45992.866666667</v>
+      </c>
+      <c r="F10" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11">
+        <v>18737657</v>
+      </c>
+      <c r="C11" t="s">
         <v>33</v>
       </c>
-      <c r="B11">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>45992.179166667</v>
+      </c>
+      <c r="E11">
+        <v>45993.34693287</v>
+      </c>
+      <c r="F11" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12">
+        <v>29774100</v>
+      </c>
+      <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="B12">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>45992.320138889</v>
+      </c>
+      <c r="E12">
+        <v>45993.504166667</v>
+      </c>
+      <c r="F12" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>38</v>
       </c>
       <c r="B13">
-        <v>18226164</v>
+        <v>16551946</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13">
-        <v>45988.854166667</v>
+        <v>45992.579166667</v>
       </c>
       <c r="E13">
-        <v>45989.736111111</v>
+        <v>45993.441666667</v>
       </c>
       <c r="F13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14">
-        <v>26049914</v>
+        <v>27509458</v>
       </c>
       <c r="C14" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D14">
-        <v>45985.431944444</v>
+        <v>45992.536111111</v>
       </c>
       <c r="E14">
-        <v>45985.645833333</v>
+        <v>45993.545833333</v>
       </c>
       <c r="F14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>43</v>
       </c>
       <c r="B15">
-        <v>20565326</v>
+        <v>27540814</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15">
-        <v>45989.381944444</v>
+        <v>45992.438194444</v>
       </c>
       <c r="E15">
-        <v>45989.769444444</v>
+        <v>45993.624398148</v>
       </c>
       <c r="F15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16">
-        <v>25850439</v>
+        <v>26354446</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
-        <v>45988.5625</v>
+        <v>45992.090277778</v>
       </c>
       <c r="E16">
-        <v>45988.945833333</v>
+        <v>45992.362175926</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17">
+        <v>15350901</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17">
+        <v>45991.965277778</v>
+      </c>
+      <c r="E17">
+        <v>45992.483333333</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18">
+        <v>29443538</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18">
+        <v>45992.084027778</v>
+      </c>
+      <c r="E18">
+        <v>45992.475</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19">
+        <v>26090686</v>
+      </c>
+      <c r="C19" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19">
+        <v>45993.414583333</v>
+      </c>
+      <c r="E19">
+        <v>45993.847627315</v>
+      </c>
+      <c r="F19" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20">
+        <v>28709602</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20">
+        <v>45993.413194444</v>
+      </c>
+      <c r="E20">
+        <v>45993.929398148</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21">
+        <v>20116655</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21">
+        <v>45993.375</v>
+      </c>
+      <c r="E21">
+        <v>45994.226863426</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22">
+        <v>18555882</v>
+      </c>
+      <c r="C22" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22">
+        <v>45993.41875</v>
+      </c>
+      <c r="E22">
+        <v>45994.322743056</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23">
+        <v>16537795</v>
+      </c>
+      <c r="C23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23">
+        <v>45993.373611111</v>
+      </c>
+      <c r="E23">
+        <v>45993.921527778</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24">
+        <v>27183392</v>
+      </c>
+      <c r="C24" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24">
+        <v>45994.180555556</v>
+      </c>
+      <c r="E24">
+        <v>45994.578541667</v>
+      </c>
+      <c r="F24" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25">
+        <v>27840419</v>
+      </c>
+      <c r="C25" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25">
+        <v>45993.516666667</v>
+      </c>
+      <c r="E25">
+        <v>45993.676388889</v>
+      </c>
+      <c r="F25" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26">
+        <v>29788875</v>
+      </c>
+      <c r="C26" t="s">
+        <v>75</v>
+      </c>
+      <c r="D26">
+        <v>45994.023611111</v>
+      </c>
+      <c r="E26">
+        <v>45994.727777778</v>
+      </c>
+      <c r="F26" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27">
+        <v>15779661</v>
+      </c>
+      <c r="C27" t="s">
+        <v>78</v>
+      </c>
+      <c r="D27">
+        <v>45995.415277778</v>
+      </c>
+      <c r="E27">
+        <v>45996.699918981</v>
+      </c>
+      <c r="F27" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28">
+        <v>25834403</v>
+      </c>
+      <c r="C28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28">
+        <v>45995.100694444</v>
+      </c>
+      <c r="E28">
+        <v>45995.716967593</v>
+      </c>
+      <c r="F28" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29">
+        <v>29154174</v>
+      </c>
+      <c r="C29" t="s">
+        <v>84</v>
+      </c>
+      <c r="D29">
+        <v>45996.047222222</v>
+      </c>
+      <c r="E29">
+        <v>45996.685034722</v>
+      </c>
+      <c r="F29" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30">
+        <v>28760861</v>
+      </c>
+      <c r="C30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30">
+        <v>45995.866666667</v>
+      </c>
+      <c r="E30">
+        <v>45996.360648148</v>
+      </c>
+      <c r="F30" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>88</v>
+      </c>
+      <c r="B31">
+        <v>12131200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>89</v>
+      </c>
+      <c r="D31">
+        <v>45996.864583333</v>
+      </c>
+      <c r="E31">
+        <v>45997.377071759</v>
+      </c>
+      <c r="F31" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32">
+        <v>29004057</v>
+      </c>
+      <c r="C32" t="s">
+        <v>92</v>
+      </c>
+      <c r="D32">
+        <v>45998.238194444</v>
+      </c>
+      <c r="E32">
+        <v>45999.352407407</v>
+      </c>
+      <c r="F32" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33">
+        <v>18673713</v>
+      </c>
+      <c r="C33" t="s">
+        <v>95</v>
+      </c>
+      <c r="D33">
+        <v>45997.890277778</v>
+      </c>
+      <c r="E33">
+        <v>45998.605555556</v>
+      </c>
+      <c r="F33" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34">
+        <v>28533244</v>
+      </c>
+      <c r="C34" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34">
+        <v>45997.997222222</v>
+      </c>
+      <c r="E34">
+        <v>45998.628703704</v>
+      </c>
+      <c r="F34" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>100</v>
+      </c>
+      <c r="B35">
+        <v>28447081</v>
+      </c>
+      <c r="C35" t="s">
+        <v>101</v>
+      </c>
+      <c r="D35">
+        <v>45998.158333333</v>
+      </c>
+      <c r="E35">
+        <v>45998.41431713</v>
+      </c>
+      <c r="F35" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>103</v>
+      </c>
+      <c r="B36">
+        <v>29443538</v>
+      </c>
+      <c r="C36" t="s">
+        <v>53</v>
+      </c>
+      <c r="D36">
+        <v>45998.236805556</v>
+      </c>
+      <c r="E36">
+        <v>45998.574305556</v>
+      </c>
+      <c r="F36" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>105</v>
+      </c>
+      <c r="B37">
+        <v>27518953</v>
+      </c>
+      <c r="C37" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37">
+        <v>46002.936111111</v>
+      </c>
+      <c r="E37">
+        <v>46003.759027778</v>
+      </c>
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>108</v>
+      </c>
+      <c r="B38">
+        <v>29486910</v>
+      </c>
+      <c r="C38" t="s">
+        <v>109</v>
+      </c>
+      <c r="D38">
+        <v>46002.634722222</v>
+      </c>
+      <c r="E38">
+        <v>46003.353344907</v>
+      </c>
+      <c r="F38" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>111</v>
+      </c>
+      <c r="C39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39">
+        <v>46002.695833333</v>
+      </c>
+      <c r="E39">
+        <v>46002.939583333</v>
+      </c>
+      <c r="F39" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40">
+        <v>25142942</v>
+      </c>
+      <c r="C40" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40">
+        <v>46004.210416667</v>
+      </c>
+      <c r="E40">
+        <v>46004.551956019</v>
+      </c>
+      <c r="F40" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>115</v>
+      </c>
+      <c r="B41">
+        <v>29734679</v>
+      </c>
+      <c r="C41" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41">
+        <v>46005.95</v>
+      </c>
+      <c r="E41">
+        <v>46006.365972222</v>
+      </c>
+      <c r="F41" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">